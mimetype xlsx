--- v0 (2025-10-15)
+++ v1 (2025-12-03)
@@ -12,109 +12,85 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Év, hónap</t>
   </si>
   <si>
     <t>"A" tényező</t>
   </si>
   <si>
     <t>"B" tényező</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>[Ft/MJ]</t>
   </si>
   <si>
     <t>[Ft/kWh]</t>
   </si>
   <si>
-    <t xml:space="preserve">2023.10 </t>
-[...17 lines deleted...]
-    <t>5,846</t>
+    <t xml:space="preserve">2023.12 </t>
+  </si>
+  <si>
+    <t>5,975</t>
   </si>
   <si>
     <t>1,247</t>
   </si>
   <si>
-    <t>19,005</t>
+    <t>19,425</t>
   </si>
   <si>
     <t>4,053</t>
   </si>
   <si>
-    <t xml:space="preserve">2023.12 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">2024.01 </t>
   </si>
   <si>
     <t>6,912</t>
   </si>
   <si>
     <t>22,468</t>
   </si>
   <si>
     <t xml:space="preserve">2024.02 </t>
   </si>
   <si>
     <t>6,712</t>
   </si>
   <si>
     <t>21,821</t>
   </si>
   <si>
     <t xml:space="preserve">2024.03 </t>
   </si>
   <si>
     <t>5,649</t>
   </si>
   <si>
     <t>18,365</t>
@@ -279,50 +255,68 @@
     <t>21,517</t>
   </si>
   <si>
     <t xml:space="preserve">2025.09 </t>
   </si>
   <si>
     <t>6,787</t>
   </si>
   <si>
     <t>22,075</t>
   </si>
   <si>
     <t xml:space="preserve">2025.10 </t>
   </si>
   <si>
     <t>6,447</t>
   </si>
   <si>
     <t>1,37</t>
   </si>
   <si>
     <t>20,975</t>
   </si>
   <si>
     <t>4,454</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025.11 </t>
+  </si>
+  <si>
+    <t>5,973</t>
+  </si>
+  <si>
+    <t>19,431</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025.12 </t>
+  </si>
+  <si>
+    <t>6,118</t>
+  </si>
+  <si>
+    <t>19,905</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -689,448 +683,448 @@
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
+        <v>8</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" t="s">
+        <v>15</v>
+      </c>
+      <c r="C5" t="s">
+        <v>8</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="B5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C6" t="s">
+        <v>8</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="B6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" t="s">
+        <v>21</v>
+      </c>
+      <c r="C7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" t="s">
         <v>22</v>
       </c>
-      <c r="B7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" t="s">
+        <v>24</v>
+      </c>
+      <c r="C8" t="s">
+        <v>8</v>
+      </c>
+      <c r="D8" t="s">
         <v>25</v>
       </c>
-      <c r="B8" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
+        <v>26</v>
+      </c>
+      <c r="B9" t="s">
+        <v>27</v>
+      </c>
+      <c r="C9" t="s">
+        <v>8</v>
+      </c>
+      <c r="D9" t="s">
         <v>28</v>
       </c>
-      <c r="B9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B10" t="s">
+        <v>30</v>
+      </c>
+      <c r="C10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D10" t="s">
         <v>31</v>
       </c>
-      <c r="B10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
+        <v>32</v>
+      </c>
+      <c r="B11" t="s">
+        <v>33</v>
+      </c>
+      <c r="C11" t="s">
+        <v>8</v>
+      </c>
+      <c r="D11" t="s">
         <v>34</v>
       </c>
-      <c r="B11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
+        <v>35</v>
+      </c>
+      <c r="B12" t="s">
+        <v>36</v>
+      </c>
+      <c r="C12" t="s">
+        <v>8</v>
+      </c>
+      <c r="D12" t="s">
         <v>37</v>
       </c>
-      <c r="B12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
+        <v>38</v>
+      </c>
+      <c r="B13" t="s">
+        <v>39</v>
+      </c>
+      <c r="C13" t="s">
         <v>40</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
         <v>41</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>43</v>
       </c>
       <c r="B14" t="s">
         <v>44</v>
       </c>
       <c r="C14" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
         <v>45</v>
       </c>
       <c r="E14" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>46</v>
       </c>
       <c r="B15" t="s">
         <v>47</v>
       </c>
       <c r="C15" t="s">
+        <v>40</v>
+      </c>
+      <c r="D15" t="s">
         <v>48</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
+        <v>49</v>
+      </c>
+      <c r="B16" t="s">
+        <v>50</v>
+      </c>
+      <c r="C16" t="s">
+        <v>40</v>
+      </c>
+      <c r="D16" t="s">
         <v>51</v>
       </c>
-      <c r="B16" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
+        <v>52</v>
+      </c>
+      <c r="B17" t="s">
+        <v>53</v>
+      </c>
+      <c r="C17" t="s">
+        <v>40</v>
+      </c>
+      <c r="D17" t="s">
         <v>54</v>
       </c>
-      <c r="B17" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
+        <v>55</v>
+      </c>
+      <c r="B18" t="s">
+        <v>56</v>
+      </c>
+      <c r="C18" t="s">
+        <v>40</v>
+      </c>
+      <c r="D18" t="s">
         <v>57</v>
       </c>
-      <c r="B18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
+        <v>58</v>
+      </c>
+      <c r="B19" t="s">
+        <v>59</v>
+      </c>
+      <c r="C19" t="s">
+        <v>40</v>
+      </c>
+      <c r="D19" t="s">
         <v>60</v>
       </c>
-      <c r="B19" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
+        <v>61</v>
+      </c>
+      <c r="B20" t="s">
+        <v>62</v>
+      </c>
+      <c r="C20" t="s">
+        <v>40</v>
+      </c>
+      <c r="D20" t="s">
         <v>63</v>
       </c>
-      <c r="B20" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
+        <v>64</v>
+      </c>
+      <c r="B21" t="s">
+        <v>65</v>
+      </c>
+      <c r="C21" t="s">
+        <v>40</v>
+      </c>
+      <c r="D21" t="s">
         <v>66</v>
       </c>
-      <c r="B21" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
+        <v>67</v>
+      </c>
+      <c r="B22" t="s">
+        <v>68</v>
+      </c>
+      <c r="C22" t="s">
+        <v>40</v>
+      </c>
+      <c r="D22" t="s">
         <v>69</v>
       </c>
-      <c r="B22" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E22" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
+        <v>70</v>
+      </c>
+      <c r="B23" t="s">
+        <v>71</v>
+      </c>
+      <c r="C23" t="s">
+        <v>40</v>
+      </c>
+      <c r="D23" t="s">
         <v>72</v>
       </c>
-      <c r="B23" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E23" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
+        <v>73</v>
+      </c>
+      <c r="B24" t="s">
+        <v>74</v>
+      </c>
+      <c r="C24" t="s">
+        <v>40</v>
+      </c>
+      <c r="D24" t="s">
         <v>75</v>
       </c>
-      <c r="B24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E24" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
+        <v>76</v>
+      </c>
+      <c r="B25" t="s">
+        <v>77</v>
+      </c>
+      <c r="C25" t="s">
         <v>78</v>
       </c>
-      <c r="B25" t="s">
+      <c r="D25" t="s">
         <v>79</v>
       </c>
-      <c r="C25" t="s">
-[...2 lines deleted...]
-      <c r="D25" t="s">
+      <c r="E25" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>81</v>
       </c>
       <c r="B26" t="s">
         <v>82</v>
       </c>
       <c r="C26" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="D26" t="s">
         <v>83</v>
       </c>
       <c r="E26" t="s">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>84</v>
       </c>
       <c r="B27" t="s">
         <v>85</v>
       </c>
       <c r="C27" t="s">
+        <v>78</v>
+      </c>
+      <c r="D27" t="s">
         <v>86</v>
       </c>
-      <c r="D27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E27" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">