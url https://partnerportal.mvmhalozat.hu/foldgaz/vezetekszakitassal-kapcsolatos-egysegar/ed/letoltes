--- v1 (2025-12-03)
+++ v2 (2026-02-01)
@@ -32,83 +32,65 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Év, hónap</t>
   </si>
   <si>
     <t>"A" tényező</t>
   </si>
   <si>
     <t>"B" tényező</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>[Ft/MJ]</t>
   </si>
   <si>
     <t>[Ft/kWh]</t>
   </si>
   <si>
-    <t xml:space="preserve">2023.12 </t>
-[...2 lines deleted...]
-    <t>5,975</t>
+    <t xml:space="preserve">2024.02 </t>
+  </si>
+  <si>
+    <t>6,712</t>
   </si>
   <si>
     <t>1,247</t>
   </si>
   <si>
-    <t>19,425</t>
+    <t>21,821</t>
   </si>
   <si>
     <t>4,053</t>
   </si>
   <si>
-    <t xml:space="preserve">2024.01 </t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">2024.03 </t>
   </si>
   <si>
     <t>5,649</t>
   </si>
   <si>
     <t>18,365</t>
   </si>
   <si>
     <t xml:space="preserve">2024.04 </t>
   </si>
   <si>
     <t>5,114</t>
   </si>
   <si>
     <t>16,629</t>
   </si>
   <si>
     <t xml:space="preserve">2024.05 </t>
   </si>
   <si>
     <t>4,607</t>
   </si>
   <si>
     <t>14,979</t>
@@ -273,50 +255,68 @@
     <t>1,37</t>
   </si>
   <si>
     <t>20,975</t>
   </si>
   <si>
     <t>4,454</t>
   </si>
   <si>
     <t xml:space="preserve">2025.11 </t>
   </si>
   <si>
     <t>5,973</t>
   </si>
   <si>
     <t>19,431</t>
   </si>
   <si>
     <t xml:space="preserve">2025.12 </t>
   </si>
   <si>
     <t>6,118</t>
   </si>
   <si>
     <t>19,905</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026.01 </t>
+  </si>
+  <si>
+    <t>5,861</t>
+  </si>
+  <si>
+    <t>19,066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026.02 </t>
+  </si>
+  <si>
+    <t>5,571</t>
+  </si>
+  <si>
+    <t>18,121</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -802,329 +802,329 @@
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>29</v>
       </c>
       <c r="B10" t="s">
         <v>30</v>
       </c>
       <c r="C10" t="s">
         <v>8</v>
       </c>
       <c r="D10" t="s">
         <v>31</v>
       </c>
       <c r="E10" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>32</v>
       </c>
       <c r="B11" t="s">
         <v>33</v>
       </c>
       <c r="C11" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="D11" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E11" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B12" t="s">
+        <v>38</v>
+      </c>
+      <c r="C12" t="s">
+        <v>34</v>
+      </c>
+      <c r="D12" t="s">
+        <v>39</v>
+      </c>
+      <c r="E12" t="s">
         <v>36</v>
-      </c>
-[...7 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B13" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C13" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E13" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>43</v>
       </c>
       <c r="B14" t="s">
         <v>44</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
         <v>45</v>
       </c>
       <c r="E14" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>46</v>
       </c>
       <c r="B15" t="s">
         <v>47</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
         <v>48</v>
       </c>
       <c r="E15" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>49</v>
       </c>
       <c r="B16" t="s">
         <v>50</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D16" t="s">
         <v>51</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>52</v>
       </c>
       <c r="B17" t="s">
         <v>53</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D17" t="s">
         <v>54</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>55</v>
       </c>
       <c r="B18" t="s">
         <v>56</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D18" t="s">
         <v>57</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>58</v>
       </c>
       <c r="B19" t="s">
         <v>59</v>
       </c>
       <c r="C19" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D19" t="s">
         <v>60</v>
       </c>
       <c r="E19" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>61</v>
       </c>
       <c r="B20" t="s">
         <v>62</v>
       </c>
       <c r="C20" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D20" t="s">
         <v>63</v>
       </c>
       <c r="E20" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>64</v>
       </c>
       <c r="B21" t="s">
         <v>65</v>
       </c>
       <c r="C21" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D21" t="s">
         <v>66</v>
       </c>
       <c r="E21" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>67</v>
       </c>
       <c r="B22" t="s">
         <v>68</v>
       </c>
       <c r="C22" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D22" t="s">
         <v>69</v>
       </c>
       <c r="E22" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>70</v>
       </c>
       <c r="B23" t="s">
         <v>71</v>
       </c>
       <c r="C23" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="D23" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E23" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B24" t="s">
+        <v>76</v>
+      </c>
+      <c r="C24" t="s">
+        <v>72</v>
+      </c>
+      <c r="D24" t="s">
+        <v>77</v>
+      </c>
+      <c r="E24" t="s">
         <v>74</v>
-      </c>
-[...7 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B25" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C25" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="D25" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E25" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>81</v>
       </c>
       <c r="B26" t="s">
         <v>82</v>
       </c>
       <c r="C26" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="D26" t="s">
         <v>83</v>
       </c>
       <c r="E26" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>84</v>
       </c>
       <c r="B27" t="s">
         <v>85</v>
       </c>
       <c r="C27" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="D27" t="s">
         <v>86</v>
       </c>
       <c r="E27" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">