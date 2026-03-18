--- v2 (2026-02-01)
+++ v3 (2026-03-18)
@@ -32,74 +32,65 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Év, hónap</t>
   </si>
   <si>
     <t>"A" tényező</t>
   </si>
   <si>
     <t>"B" tényező</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>[Ft/MJ]</t>
   </si>
   <si>
     <t>[Ft/kWh]</t>
   </si>
   <si>
-    <t xml:space="preserve">2024.02 </t>
-[...2 lines deleted...]
-    <t>6,712</t>
+    <t xml:space="preserve">2024.03 </t>
+  </si>
+  <si>
+    <t>5,649</t>
   </si>
   <si>
     <t>1,247</t>
   </si>
   <si>
-    <t>21,821</t>
+    <t>18,365</t>
   </si>
   <si>
     <t>4,053</t>
   </si>
   <si>
-    <t xml:space="preserve">2024.03 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">2024.04 </t>
   </si>
   <si>
     <t>5,114</t>
   </si>
   <si>
     <t>16,629</t>
   </si>
   <si>
     <t xml:space="preserve">2024.05 </t>
   </si>
   <si>
     <t>4,607</t>
   </si>
   <si>
     <t>14,979</t>
   </si>
   <si>
     <t xml:space="preserve">2024.06 </t>
   </si>
   <si>
     <t>4,863</t>
   </si>
   <si>
     <t>15,812</t>
@@ -273,50 +264,59 @@
     <t xml:space="preserve">2025.12 </t>
   </si>
   <si>
     <t>6,118</t>
   </si>
   <si>
     <t>19,905</t>
   </si>
   <si>
     <t xml:space="preserve">2026.01 </t>
   </si>
   <si>
     <t>5,861</t>
   </si>
   <si>
     <t>19,066</t>
   </si>
   <si>
     <t xml:space="preserve">2026.02 </t>
   </si>
   <si>
     <t>5,571</t>
   </si>
   <si>
     <t>18,121</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026.03 </t>
+  </si>
+  <si>
+    <t>6,122</t>
+  </si>
+  <si>
+    <t>19,91</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -785,346 +785,346 @@
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>26</v>
       </c>
       <c r="B9" t="s">
         <v>27</v>
       </c>
       <c r="C9" t="s">
         <v>8</v>
       </c>
       <c r="D9" t="s">
         <v>28</v>
       </c>
       <c r="E9" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>29</v>
       </c>
       <c r="B10" t="s">
         <v>30</v>
       </c>
       <c r="C10" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E10" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B11" t="s">
+        <v>35</v>
+      </c>
+      <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
+        <v>36</v>
+      </c>
+      <c r="E11" t="s">
         <v>33</v>
-      </c>
-[...7 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>37</v>
       </c>
       <c r="B12" t="s">
         <v>38</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>39</v>
       </c>
       <c r="E12" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>40</v>
       </c>
       <c r="B13" t="s">
         <v>41</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
         <v>42</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>43</v>
       </c>
       <c r="B14" t="s">
         <v>44</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D14" t="s">
         <v>45</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>46</v>
       </c>
       <c r="B15" t="s">
         <v>47</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D15" t="s">
         <v>48</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>49</v>
       </c>
       <c r="B16" t="s">
         <v>50</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D16" t="s">
         <v>51</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>52</v>
       </c>
       <c r="B17" t="s">
         <v>53</v>
       </c>
       <c r="C17" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D17" t="s">
         <v>54</v>
       </c>
       <c r="E17" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>55</v>
       </c>
       <c r="B18" t="s">
         <v>56</v>
       </c>
       <c r="C18" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D18" t="s">
         <v>57</v>
       </c>
       <c r="E18" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>58</v>
       </c>
       <c r="B19" t="s">
         <v>59</v>
       </c>
       <c r="C19" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D19" t="s">
         <v>60</v>
       </c>
       <c r="E19" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>61</v>
       </c>
       <c r="B20" t="s">
         <v>62</v>
       </c>
       <c r="C20" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D20" t="s">
         <v>63</v>
       </c>
       <c r="E20" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>64</v>
       </c>
       <c r="B21" t="s">
         <v>65</v>
       </c>
       <c r="C21" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D21" t="s">
         <v>66</v>
       </c>
       <c r="E21" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>67</v>
       </c>
       <c r="B22" t="s">
         <v>68</v>
       </c>
       <c r="C22" t="s">
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="D22" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E22" t="s">
-        <v>36</v>
+        <v>71</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B23" t="s">
+        <v>73</v>
+      </c>
+      <c r="C23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D23" t="s">
+        <v>74</v>
+      </c>
+      <c r="E23" t="s">
         <v>71</v>
-      </c>
-[...7 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>75</v>
       </c>
       <c r="B24" t="s">
         <v>76</v>
       </c>
       <c r="C24" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="D24" t="s">
         <v>77</v>
       </c>
       <c r="E24" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>78</v>
       </c>
       <c r="B25" t="s">
         <v>79</v>
       </c>
       <c r="C25" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="D25" t="s">
         <v>80</v>
       </c>
       <c r="E25" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>81</v>
       </c>
       <c r="B26" t="s">
         <v>82</v>
       </c>
       <c r="C26" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="D26" t="s">
         <v>83</v>
       </c>
       <c r="E26" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>84</v>
       </c>
       <c r="B27" t="s">
         <v>85</v>
       </c>
       <c r="C27" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="D27" t="s">
         <v>86</v>
       </c>
       <c r="E27" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">